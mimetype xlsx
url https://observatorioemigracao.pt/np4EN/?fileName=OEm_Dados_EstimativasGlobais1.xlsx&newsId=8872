--- v0 (2026-01-05)
+++ v1 (2026-03-07)
@@ -3,117 +3,119 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Inês Vidigal\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A7A3678-3BE0-4E50-8A66-6FA78E3E8D29}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C630DB62-A891-442A-9C0D-45F4112C7056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Índice" sheetId="5" r:id="rId1"/>
     <sheet name="E1 Stocks" sheetId="4" r:id="rId2"/>
     <sheet name="E2 Saidas" sheetId="3" r:id="rId3"/>
     <sheet name="E3 Saldos" sheetId="2" r:id="rId4"/>
     <sheet name="E4 Remessas" sheetId="8" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I6" i="2" l="1"/>
+  <c r="G7" i="8" l="1"/>
+  <c r="G6" i="8"/>
+  <c r="I6" i="2"/>
   <c r="H6" i="2"/>
   <c r="I18" i="2"/>
   <c r="H18" i="2"/>
   <c r="I17" i="2"/>
   <c r="H17" i="2"/>
   <c r="I16" i="2"/>
   <c r="H16" i="2"/>
   <c r="I15" i="2"/>
   <c r="H15" i="2"/>
   <c r="I14" i="2"/>
   <c r="H14" i="2"/>
   <c r="I13" i="2"/>
   <c r="H13" i="2"/>
   <c r="I12" i="2"/>
   <c r="H12" i="2"/>
   <c r="I11" i="2"/>
   <c r="H11" i="2"/>
   <c r="I10" i="2"/>
   <c r="H10" i="2"/>
   <c r="I9" i="2"/>
   <c r="H9" i="2"/>
   <c r="I8" i="2"/>
   <c r="H8" i="2"/>
   <c r="I7" i="2"/>
   <c r="H7" i="2"/>
-  <c r="F10" i="8"/>
-[...1 lines deleted...]
-  <c r="G10" i="8"/>
+  <c r="F11" i="8"/>
+  <c r="D11" i="8"/>
   <c r="G11" i="8"/>
-  <c r="H11" i="8" s="1"/>
-[...1 lines deleted...]
-  <c r="H10" i="8" l="1"/>
+  <c r="G12" i="8"/>
+  <c r="H12" i="8" s="1"/>
+  <c r="D12" i="8"/>
+  <c r="H11" i="8" l="1"/>
   <c r="E14" i="2" l="1"/>
   <c r="B7" i="5" l="1"/>
   <c r="B5" i="5" l="1"/>
   <c r="B6" i="5"/>
   <c r="B4" i="5"/>
   <c r="I29" i="2" l="1"/>
   <c r="I28" i="2"/>
   <c r="I27" i="2"/>
   <c r="I26" i="2"/>
   <c r="H21" i="2" l="1"/>
   <c r="H20" i="2"/>
   <c r="H19" i="2"/>
   <c r="E21" i="2"/>
   <c r="E20" i="2"/>
   <c r="E19" i="2"/>
   <c r="E18" i="2"/>
   <c r="E17" i="2"/>
   <c r="E15" i="2"/>
   <c r="I25" i="2" l="1"/>
   <c r="I24" i="2"/>
   <c r="I23" i="2"/>
   <c r="I22" i="2"/>
   <c r="I21" i="2"/>
   <c r="I20" i="2"/>
   <c r="I19" i="2"/>
@@ -309,75 +311,50 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Quadro E.1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Estimativas do número total de emigrantes portugueses, 1960-2024</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> The Emigration Observatory (OEm) is an independent technical and research structure within the Centre for Research and Studies in Sociology (CIES-IUL) of ISCTE – University Institute of Lisbon. The Observatory is based on a partnership between the CIES-IUL, the Institute of Sociology (IS-UP) of the University of Porto, and the Centre for Geographical Studies (CEG) and the Centre for Research in Economic and Organizational Sociology (SOCIUS/CSG), both of the University of Lisbon. The Observatory is supported by the Portuguese Ministry of Foreign Affairs under a cooperation agreement.</t>
-  </si>
-[...23 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Quadro E.2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Estimativas das saídas totais de emigrantes portugueses, 2000-2023</t>
     </r>
   </si>
   <si>
     <t>2 de abril de 2025</t>
@@ -488,50 +465,75 @@
     </r>
   </si>
   <si>
     <t>18 de dezembro de 2025</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Quadro E.3</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Estimativa dos saldos migratórios dos movimentos permanentes, 2000-2023</t>
+    </r>
+  </si>
+  <si>
+    <t>25 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Quadro E.4</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Remessas, 2000-2025</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -875,51 +877,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="150">
+  <cellXfs count="154">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1154,50 +1156,62 @@
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -1268,96 +1282,96 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hiperligação" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1660,204 +1674,204 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://observatorioemigracao.pt/np4/4990.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://observatorioemigracao.pt/np4/4990.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N13"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.83203125" style="29" customWidth="1"/>
     <col min="2" max="7" width="15.83203125" customWidth="1"/>
     <col min="8" max="30" width="14.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="29" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="99" t="s">
+      <c r="B1" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="100"/>
+      <c r="C1" s="104"/>
       <c r="D1" s="36"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="21"/>
       <c r="H1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
     </row>
     <row r="2" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="104" t="s">
+      <c r="B2" s="108" t="s">
         <v>27</v>
       </c>
-      <c r="C2" s="103"/>
-[...2 lines deleted...]
-      <c r="F2" s="103"/>
+      <c r="C2" s="107"/>
+      <c r="D2" s="107"/>
+      <c r="E2" s="107"/>
+      <c r="F2" s="107"/>
       <c r="G2" s="47"/>
       <c r="H2" s="47"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="59"/>
       <c r="C3" s="39"/>
       <c r="D3" s="39"/>
       <c r="E3" s="39"/>
       <c r="F3" s="39"/>
       <c r="G3" s="47"/>
       <c r="H3" s="47"/>
       <c r="I3" s="48"/>
     </row>
     <row r="4" spans="1:14" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="50"/>
-      <c r="B4" s="105" t="str">
+      <c r="B4" s="109" t="str">
         <f>'E1 Stocks'!B2</f>
         <v>Quadro E.1  Estimativas do número total de emigrantes portugueses, 1960-2024</v>
       </c>
-      <c r="C4" s="106"/>
-[...2 lines deleted...]
-      <c r="F4" s="106"/>
+      <c r="C4" s="110"/>
+      <c r="D4" s="110"/>
+      <c r="E4" s="110"/>
+      <c r="F4" s="110"/>
       <c r="G4" s="35"/>
       <c r="H4" s="35"/>
       <c r="I4" s="49"/>
     </row>
     <row r="5" spans="1:14" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="50"/>
-      <c r="B5" s="105" t="str">
+      <c r="B5" s="109" t="str">
         <f>'E2 Saidas'!B2</f>
         <v>Quadro E.2  Estimativas das saídas totais de emigrantes portugueses, 2000-2023</v>
       </c>
-      <c r="C5" s="106"/>
-[...2 lines deleted...]
-      <c r="F5" s="106"/>
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="110"/>
       <c r="I5" s="49"/>
       <c r="M5" s="51"/>
     </row>
     <row r="6" spans="1:14" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="50"/>
-      <c r="B6" s="105" t="str">
+      <c r="B6" s="109" t="str">
         <f>'E3 Saldos'!B2</f>
         <v>Quadro E.3  Estimativa dos saldos migratórios dos movimentos permanentes, 2000-2023</v>
       </c>
-      <c r="C6" s="106"/>
-[...2 lines deleted...]
-      <c r="F6" s="106"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="110"/>
+      <c r="F6" s="110"/>
       <c r="I6" s="49"/>
       <c r="M6" s="51"/>
     </row>
     <row r="7" spans="1:14" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="50"/>
-      <c r="B7" s="105" t="str">
+      <c r="B7" s="109" t="str">
         <f>'E4 Remessas'!B2</f>
-        <v>Quadro E.4  Remessas, 2000-2024</v>
-[...4 lines deleted...]
-      <c r="F7" s="106"/>
+        <v>Quadro E.4  Remessas, 2000-2025</v>
+      </c>
+      <c r="C7" s="110"/>
+      <c r="D7" s="110"/>
+      <c r="E7" s="110"/>
+      <c r="F7" s="110"/>
       <c r="I7" s="49"/>
       <c r="M7" s="51"/>
     </row>
     <row r="8" spans="1:14" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50"/>
       <c r="B8" s="57"/>
       <c r="C8" s="58"/>
       <c r="D8" s="58"/>
       <c r="E8" s="58"/>
       <c r="F8" s="52"/>
       <c r="G8" s="54"/>
       <c r="H8" s="54"/>
       <c r="I8" s="55"/>
       <c r="M8" s="51"/>
     </row>
     <row r="9" spans="1:14" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="101" t="s">
+      <c r="B9" s="105" t="s">
         <v>48</v>
       </c>
-      <c r="C9" s="100"/>
-[...2 lines deleted...]
-      <c r="F9" s="100"/>
+      <c r="C9" s="104"/>
+      <c r="D9" s="104"/>
+      <c r="E9" s="104"/>
+      <c r="F9" s="104"/>
       <c r="G9" s="48"/>
       <c r="H9" s="48"/>
       <c r="I9" s="55"/>
       <c r="M9" s="51"/>
     </row>
     <row r="10" spans="1:14" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B10" s="102" t="s">
+      <c r="B10" s="106" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="103"/>
-[...2 lines deleted...]
-      <c r="F10" s="103"/>
+      <c r="C10" s="107"/>
+      <c r="D10" s="107"/>
+      <c r="E10" s="107"/>
+      <c r="F10" s="107"/>
       <c r="G10" s="56"/>
       <c r="H10" s="56"/>
       <c r="I10" s="55"/>
       <c r="M10" s="51"/>
     </row>
     <row r="11" spans="1:14" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="50"/>
       <c r="B11" s="46"/>
       <c r="C11" s="46"/>
       <c r="D11" s="46"/>
       <c r="E11" s="46"/>
       <c r="F11" s="52"/>
       <c r="G11" s="54"/>
       <c r="H11" s="54"/>
       <c r="I11" s="55"/>
       <c r="M11" s="51"/>
     </row>
     <row r="12" spans="1:14" s="35" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="50"/>
-      <c r="B12" s="96" t="s">
+      <c r="B12" s="100" t="s">
         <v>40</v>
       </c>
-      <c r="C12" s="97"/>
-[...3 lines deleted...]
-      <c r="G12" s="98"/>
+      <c r="C12" s="101"/>
+      <c r="D12" s="101"/>
+      <c r="E12" s="101"/>
+      <c r="F12" s="101"/>
+      <c r="G12" s="102"/>
       <c r="H12" s="54"/>
       <c r="I12" s="55"/>
       <c r="M12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="31"/>
       <c r="C13" s="32"/>
       <c r="D13" s="32"/>
       <c r="E13" s="32"/>
       <c r="F13" s="32"/>
       <c r="G13" s="32"/>
       <c r="M13" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B9:F9"/>
     <mergeCell ref="B10:F10"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
   </mergeCells>
@@ -1870,107 +1884,107 @@
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:N34"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.83203125" style="29" customWidth="1"/>
     <col min="2" max="7" width="15.83203125" customWidth="1"/>
     <col min="8" max="27" width="14.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="29" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="99" t="s">
+      <c r="B1" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="100"/>
+      <c r="C1" s="104"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="21" t="s">
         <v>21</v>
       </c>
       <c r="H1"/>
       <c r="I1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
     </row>
     <row r="2" spans="1:14" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="13"/>
-      <c r="B2" s="110" t="s">
+      <c r="B2" s="114" t="s">
         <v>39</v>
       </c>
-      <c r="C2" s="103"/>
-[...3 lines deleted...]
-      <c r="G2" s="103"/>
+      <c r="C2" s="107"/>
+      <c r="D2" s="107"/>
+      <c r="E2" s="107"/>
+      <c r="F2" s="107"/>
+      <c r="G2" s="107"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="30"/>
-      <c r="B3" s="107" t="s">
+      <c r="B3" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="122" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="119"/>
-[...2 lines deleted...]
-      <c r="G3" s="119"/>
+      <c r="D3" s="123"/>
+      <c r="E3" s="123"/>
+      <c r="F3" s="123"/>
+      <c r="G3" s="123"/>
     </row>
     <row r="4" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="108"/>
-      <c r="C4" s="113" t="s">
+      <c r="B4" s="112"/>
+      <c r="C4" s="117" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="116" t="s">
+      <c r="D4" s="120" t="s">
         <v>24</v>
       </c>
-      <c r="E4" s="117"/>
-[...1 lines deleted...]
-      <c r="G4" s="117"/>
+      <c r="E4" s="121"/>
+      <c r="F4" s="121"/>
+      <c r="G4" s="121"/>
     </row>
     <row r="5" spans="1:14" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="29"/>
-      <c r="B5" s="109"/>
-      <c r="C5" s="114"/>
+      <c r="B5" s="113"/>
+      <c r="C5" s="118"/>
       <c r="D5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="40" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="40" t="s">
         <v>37</v>
       </c>
       <c r="G5" s="40" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="85"/>
       <c r="I5"/>
       <c r="J5" s="85"/>
       <c r="K5" s="85"/>
       <c r="L5" s="85"/>
       <c r="M5" s="85"/>
     </row>
     <row r="6" spans="1:14" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="29"/>
       <c r="B6" s="4">
         <v>2024</v>
       </c>
       <c r="C6" s="67" t="s">
@@ -2261,241 +2275,241 @@
       <c r="D19" s="27" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F19" s="27" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="27" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="31"/>
       <c r="C20" s="32"/>
       <c r="D20" s="32"/>
       <c r="E20" s="32"/>
       <c r="F20" s="32"/>
       <c r="G20" s="32"/>
     </row>
     <row r="21" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B21" s="120" t="s">
-[...6 lines deleted...]
-      <c r="G21" s="120"/>
+      <c r="B21" s="124" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="124"/>
+      <c r="D21" s="124"/>
+      <c r="E21" s="124"/>
+      <c r="F21" s="124"/>
+      <c r="G21" s="124"/>
       <c r="H21" s="39"/>
     </row>
     <row r="22" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="B22" s="120" t="s">
-[...6 lines deleted...]
-      <c r="G22" s="120"/>
+      <c r="B22" s="124" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="124"/>
+      <c r="D22" s="124"/>
+      <c r="E22" s="124"/>
+      <c r="F22" s="124"/>
+      <c r="G22" s="124"/>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="B23" s="115" t="s">
-[...6 lines deleted...]
-      <c r="G23" s="112"/>
+      <c r="B23" s="119" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="116"/>
+      <c r="D23" s="116"/>
+      <c r="E23" s="116"/>
+      <c r="F23" s="116"/>
+      <c r="G23" s="116"/>
       <c r="H23" s="36"/>
     </row>
     <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B24" s="111" t="s">
+      <c r="B24" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="C24" s="112"/>
-[...3 lines deleted...]
-      <c r="G24" s="112"/>
+      <c r="C24" s="116"/>
+      <c r="D24" s="116"/>
+      <c r="E24" s="116"/>
+      <c r="F24" s="116"/>
+      <c r="G24" s="116"/>
       <c r="H24" s="35"/>
     </row>
     <row r="28" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" spans="5:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E34" s="33"/>
       <c r="F34" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="D4:G4"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B22:G22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G1" location="Índice!A1" display="[índice Ç]" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="B24" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B35" sqref="B35:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.83203125" style="29" customWidth="1"/>
     <col min="2" max="6" width="15.83203125" customWidth="1"/>
     <col min="7" max="29" width="14.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="29" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="99" t="s">
+      <c r="B1" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="100"/>
+      <c r="C1" s="104"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="21" t="s">
         <v>21</v>
       </c>
       <c r="G1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
     </row>
     <row r="2" spans="1:13" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="13"/>
-      <c r="B2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="121"/>
+      <c r="B2" s="114" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" s="125"/>
+      <c r="D2" s="125"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="125"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="38"/>
       <c r="K2" s="38"/>
     </row>
     <row r="3" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="30"/>
-      <c r="B3" s="107" t="s">
+      <c r="B3" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="122" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="107"/>
-[...1 lines deleted...]
-      <c r="F3" s="107"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
     </row>
     <row r="4" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="108"/>
-      <c r="C4" s="116" t="s">
+      <c r="B4" s="112"/>
+      <c r="C4" s="120" t="s">
         <v>22</v>
       </c>
-      <c r="D4" s="109"/>
-[...1 lines deleted...]
-      <c r="F4" s="123" t="s">
+      <c r="D4" s="113"/>
+      <c r="E4" s="126"/>
+      <c r="F4" s="127" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:13" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="29"/>
-      <c r="B5" s="109"/>
+      <c r="B5" s="113"/>
       <c r="C5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="40" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="F5" s="124"/>
+      <c r="F5" s="128"/>
     </row>
     <row r="6" spans="1:13" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="29"/>
-      <c r="B6" s="146">
+      <c r="B6" s="97">
         <v>2024</v>
       </c>
-      <c r="C6" s="147">
+      <c r="C6" s="96">
         <v>80101</v>
       </c>
-      <c r="D6" s="148">
+      <c r="D6" s="98">
         <v>33916</v>
       </c>
-      <c r="E6" s="149">
+      <c r="E6" s="99">
         <v>46185</v>
       </c>
-      <c r="F6" s="145">
+      <c r="F6" s="96">
         <v>65000</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="29"/>
-      <c r="B7" s="143">
+      <c r="B7" s="5">
         <v>2023</v>
       </c>
       <c r="C7" s="92">
         <v>81426</v>
       </c>
-      <c r="D7" s="144">
+      <c r="D7" s="94">
         <v>33666</v>
       </c>
       <c r="E7" s="93">
         <v>47760</v>
       </c>
       <c r="F7" s="92">
         <v>70000</v>
       </c>
     </row>
     <row r="8" spans="1:13" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="29"/>
       <c r="B8" s="4">
         <v>2022</v>
       </c>
       <c r="C8" s="22">
         <v>71717</v>
       </c>
       <c r="D8" s="25">
         <v>30954</v>
       </c>
       <c r="E8" s="41">
         <v>40763</v>
       </c>
       <c r="F8" s="22">
         <v>70000</v>
@@ -2890,249 +2904,249 @@
         <v>21333</v>
       </c>
       <c r="D30" s="44">
         <v>4692</v>
       </c>
       <c r="E30" s="45">
         <v>16641</v>
       </c>
       <c r="F30" s="44" t="s">
         <v>7</v>
       </c>
       <c r="L30" s="30"/>
     </row>
     <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="31"/>
       <c r="C31" s="32"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="L31" s="30"/>
     </row>
     <row r="32" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="120" t="s">
+      <c r="B32" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="C32" s="120"/>
-[...2 lines deleted...]
-      <c r="F32" s="120"/>
+      <c r="C32" s="124"/>
+      <c r="D32" s="124"/>
+      <c r="E32" s="124"/>
+      <c r="F32" s="124"/>
       <c r="G32" s="39"/>
       <c r="H32" s="39"/>
       <c r="I32" s="39"/>
       <c r="J32" s="39"/>
       <c r="K32" s="39"/>
     </row>
     <row r="33" spans="1:11" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="B33" s="120" t="s">
+      <c r="B33" s="124" t="s">
         <v>35</v>
       </c>
-      <c r="C33" s="120"/>
-[...2 lines deleted...]
-      <c r="F33" s="120"/>
+      <c r="C33" s="124"/>
+      <c r="D33" s="124"/>
+      <c r="E33" s="124"/>
+      <c r="F33" s="124"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="35"/>
     </row>
     <row r="34" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="B34" s="101" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="100"/>
+      <c r="B34" s="105" t="s">
+        <v>46</v>
+      </c>
+      <c r="C34" s="104"/>
+      <c r="D34" s="104"/>
+      <c r="E34" s="104"/>
+      <c r="F34" s="104"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="36"/>
       <c r="K34" s="36"/>
     </row>
     <row r="35" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B35" s="111" t="s">
+      <c r="B35" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="C35" s="112"/>
-[...2 lines deleted...]
-      <c r="F35" s="112"/>
+      <c r="C35" s="116"/>
+      <c r="D35" s="116"/>
+      <c r="E35" s="116"/>
+      <c r="F35" s="116"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="35"/>
       <c r="K35" s="35"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="H12:I27">
     <sortCondition descending="1" ref="I12:I27"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="B35:F35"/>
     <mergeCell ref="B32:F32"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B33:F33"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B34:F34"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:F3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:F5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F1" location="Índice!A1" display="[índice Ç]" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
     <hyperlink ref="B35" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.83203125" style="15" customWidth="1"/>
     <col min="2" max="23" width="14.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="15" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="99" t="s">
+      <c r="B1" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="100"/>
+      <c r="C1" s="104"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="21" t="s">
         <v>21</v>
       </c>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2" spans="1:16" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="13"/>
-      <c r="B2" s="125" t="s">
-[...8 lines deleted...]
-      <c r="I2" s="126"/>
+      <c r="B2" s="129" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" s="130"/>
+      <c r="D2" s="130"/>
+      <c r="E2" s="130"/>
+      <c r="F2" s="130"/>
+      <c r="G2" s="130"/>
+      <c r="H2" s="130"/>
+      <c r="I2" s="130"/>
     </row>
     <row r="3" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14"/>
-      <c r="B3" s="107" t="s">
+      <c r="B3" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="127" t="s">
+      <c r="C3" s="131" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="129"/>
-[...1 lines deleted...]
-      <c r="F3" s="127" t="s">
+      <c r="D3" s="133"/>
+      <c r="E3" s="133"/>
+      <c r="F3" s="131" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="129"/>
-[...1 lines deleted...]
-      <c r="I3" s="127" t="s">
+      <c r="G3" s="133"/>
+      <c r="H3" s="135"/>
+      <c r="I3" s="131" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="108"/>
+      <c r="B4" s="112"/>
       <c r="C4" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="116" t="s">
+      <c r="D4" s="120" t="s">
         <v>12</v>
       </c>
-      <c r="E4" s="130"/>
+      <c r="E4" s="134"/>
       <c r="F4" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="116" t="s">
+      <c r="G4" s="120" t="s">
         <v>12</v>
       </c>
-      <c r="H4" s="130"/>
-      <c r="I4" s="128"/>
+      <c r="H4" s="134"/>
+      <c r="I4" s="132"/>
     </row>
     <row r="5" spans="1:16" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="15"/>
-      <c r="B5" s="109"/>
+      <c r="B5" s="113"/>
       <c r="C5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="I5" s="124"/>
+      <c r="I5" s="128"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
     </row>
     <row r="6" spans="1:16" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="15"/>
       <c r="B6" s="5">
         <v>2023</v>
       </c>
       <c r="C6" s="92">
         <v>33666</v>
       </c>
       <c r="D6" s="92">
         <v>29600</v>
       </c>
       <c r="E6" s="93">
         <v>88</v>
       </c>
       <c r="F6" s="92">
         <v>189367</v>
       </c>
       <c r="G6" s="92">
         <v>56111</v>
       </c>
@@ -3816,941 +3830,974 @@
       <c r="C29" s="43">
         <v>10660</v>
       </c>
       <c r="D29" s="43" t="s">
         <v>7</v>
       </c>
       <c r="E29" s="78" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="43">
         <v>57660</v>
       </c>
       <c r="G29" s="43" t="s">
         <v>7</v>
       </c>
       <c r="H29" s="78" t="s">
         <v>7</v>
       </c>
       <c r="I29" s="44">
         <f t="shared" si="6"/>
         <v>47000</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="2"/>
-      <c r="C30" s="132"/>
-[...5 lines deleted...]
-      <c r="I30" s="132"/>
+      <c r="C30" s="136"/>
+      <c r="D30" s="136"/>
+      <c r="E30" s="136"/>
+      <c r="F30" s="136"/>
+      <c r="G30" s="136"/>
+      <c r="H30" s="136"/>
+      <c r="I30" s="136"/>
     </row>
     <row r="31" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="B31" s="120" t="s">
+      <c r="B31" s="124" t="s">
         <v>16</v>
       </c>
-      <c r="C31" s="133"/>
-[...5 lines deleted...]
-      <c r="I31" s="133"/>
+      <c r="C31" s="137"/>
+      <c r="D31" s="137"/>
+      <c r="E31" s="137"/>
+      <c r="F31" s="137"/>
+      <c r="G31" s="137"/>
+      <c r="H31" s="137"/>
+      <c r="I31" s="137"/>
     </row>
     <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="B32" s="115" t="s">
-[...8 lines deleted...]
-      <c r="I32" s="112"/>
+      <c r="B32" s="119" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="116"/>
+      <c r="D32" s="116"/>
+      <c r="E32" s="116"/>
+      <c r="F32" s="116"/>
+      <c r="G32" s="116"/>
+      <c r="H32" s="116"/>
+      <c r="I32" s="116"/>
     </row>
     <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B33" s="111" t="s">
+      <c r="B33" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="C33" s="112"/>
-[...5 lines deleted...]
-      <c r="I33" s="112"/>
+      <c r="C33" s="116"/>
+      <c r="D33" s="116"/>
+      <c r="E33" s="116"/>
+      <c r="F33" s="116"/>
+      <c r="G33" s="116"/>
+      <c r="H33" s="116"/>
+      <c r="I33" s="116"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B28:B41">
     <sortCondition ref="B28:B41"/>
   </sortState>
   <mergeCells count="12">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B32:I32"/>
     <mergeCell ref="B33:I33"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="I3:I5"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="C30:I30"/>
     <mergeCell ref="B31:I31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I1" location="Índice!A1" display="[índice Ç]" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
     <hyperlink ref="B33" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:O34"/>
+  <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.83203125" style="15" customWidth="1"/>
     <col min="2" max="22" width="14.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="15" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="99" t="s">
+      <c r="B1" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="100"/>
+      <c r="C1" s="104"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="20"/>
       <c r="H1" s="21" t="s">
         <v>21</v>
       </c>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="13"/>
       <c r="B2" s="138" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C2" s="139"/>
       <c r="D2" s="139"/>
       <c r="E2" s="139"/>
       <c r="F2" s="139"/>
       <c r="G2" s="139"/>
       <c r="H2" s="139"/>
     </row>
     <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="13"/>
       <c r="B3" s="76"/>
       <c r="C3" s="77"/>
       <c r="D3" s="77"/>
       <c r="E3" s="77"/>
       <c r="F3" s="77"/>
       <c r="G3" s="142" t="s">
         <v>34</v>
       </c>
       <c r="H3" s="142"/>
     </row>
     <row r="4" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="14"/>
       <c r="B4" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="134" t="s">
+      <c r="C4" s="143" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="135"/>
-      <c r="E4" s="134" t="s">
+      <c r="D4" s="144"/>
+      <c r="E4" s="143" t="s">
         <v>30</v>
       </c>
-      <c r="F4" s="136"/>
-      <c r="G4" s="137" t="s">
+      <c r="F4" s="145"/>
+      <c r="G4" s="146" t="s">
         <v>31</v>
       </c>
-      <c r="H4" s="135"/>
+      <c r="H4" s="144"/>
     </row>
     <row r="5" spans="1:15" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="15"/>
       <c r="B5" s="141"/>
       <c r="C5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="60" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="60" t="s">
         <v>1</v>
       </c>
       <c r="H5" s="66" t="s">
         <v>32</v>
       </c>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
     </row>
     <row r="6" spans="1:15" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="15"/>
-      <c r="B6" s="5">
-[...18 lines deleted...]
-        <v>4</v>
+      <c r="B6" s="147">
+        <v>2025</v>
+      </c>
+      <c r="C6" s="152">
+        <v>4387.68</v>
+      </c>
+      <c r="D6" s="149">
+        <v>2</v>
+      </c>
+      <c r="E6" s="148">
+        <v>915.62</v>
+      </c>
+      <c r="F6" s="150">
+        <v>5</v>
+      </c>
+      <c r="G6" s="153">
+        <f>+C6-E6</f>
+        <v>3472.0600000000004</v>
+      </c>
+      <c r="H6" s="149">
+        <v>1</v>
       </c>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
     </row>
     <row r="7" spans="1:15" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="15"/>
-      <c r="B7" s="4">
-[...18 lines deleted...]
-        <v>-1</v>
+      <c r="B7" s="5">
+        <v>2024</v>
+      </c>
+      <c r="C7" s="86">
+        <v>4295.71</v>
+      </c>
+      <c r="D7" s="83">
+        <v>4</v>
+      </c>
+      <c r="E7" s="86">
+        <v>872.61</v>
+      </c>
+      <c r="F7" s="87">
+        <v>9</v>
+      </c>
+      <c r="G7" s="83">
+        <f>+C7-E7</f>
+        <v>3423.1</v>
+      </c>
+      <c r="H7" s="83">
+        <v>3</v>
       </c>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
     </row>
-    <row r="8" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:15" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15"/>
-      <c r="B8" s="5">
-[...5 lines deleted...]
-      <c r="D8" s="83">
+      <c r="B8" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C8" s="22">
+        <v>4120</v>
+      </c>
+      <c r="D8" s="70">
         <v>6</v>
       </c>
-      <c r="E8" s="86">
-[...12 lines deleted...]
-      <c r="K8"/>
+      <c r="E8" s="64">
+        <v>800</v>
+      </c>
+      <c r="F8" s="74">
+        <v>51</v>
+      </c>
+      <c r="G8" s="25">
+        <v>3320</v>
+      </c>
+      <c r="H8" s="70">
+        <v>-1</v>
+      </c>
+      <c r="I8" s="151"/>
+      <c r="J8" s="151"/>
+      <c r="K8" s="151"/>
       <c r="L8"/>
       <c r="M8"/>
     </row>
     <row r="9" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15"/>
-      <c r="B9" s="4">
-[...21 lines deleted...]
-      <c r="K9"/>
+      <c r="B9" s="5">
+        <v>2022</v>
+      </c>
+      <c r="C9" s="86">
+        <v>3892</v>
+      </c>
+      <c r="D9" s="83">
+        <v>6</v>
+      </c>
+      <c r="E9" s="86">
+        <v>531</v>
+      </c>
+      <c r="F9" s="87">
+        <v>3</v>
+      </c>
+      <c r="G9" s="83">
+        <v>3361</v>
+      </c>
+      <c r="H9" s="83">
+        <v>6</v>
+      </c>
+      <c r="I9" s="151"/>
+      <c r="J9" s="151"/>
+      <c r="K9" s="151"/>
       <c r="L9"/>
       <c r="M9"/>
     </row>
     <row r="10" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15"/>
-      <c r="B10" s="5">
-[...25 lines deleted...]
-      <c r="K10"/>
+      <c r="B10" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C10" s="22">
+        <v>3677.76</v>
+      </c>
+      <c r="D10" s="70">
+        <v>2</v>
+      </c>
+      <c r="E10" s="64">
+        <v>518</v>
+      </c>
+      <c r="F10" s="74">
+        <v>7</v>
+      </c>
+      <c r="G10" s="25">
+        <v>3160</v>
+      </c>
+      <c r="H10" s="70">
+        <v>1</v>
+      </c>
+      <c r="I10" s="151"/>
+      <c r="J10" s="151"/>
+      <c r="K10" s="151"/>
       <c r="L10"/>
       <c r="M10"/>
     </row>
     <row r="11" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15"/>
-      <c r="B11" s="4">
-[...5 lines deleted...]
-      <c r="D11" s="70">
+      <c r="B11" s="5">
+        <v>2020</v>
+      </c>
+      <c r="C11" s="86">
+        <v>3612.86</v>
+      </c>
+      <c r="D11" s="83">
         <f>(C11/C12*100)-100</f>
-        <v>1.6126481336067258</v>
-[...7 lines deleted...]
-      <c r="G11" s="25">
+        <v>-1.3453918894195454</v>
+      </c>
+      <c r="E11" s="86">
+        <v>486.23</v>
+      </c>
+      <c r="F11" s="87">
+        <f>(E11/E12*100)-100</f>
+        <v>1.6324568370887533</v>
+      </c>
+      <c r="G11" s="83">
         <f>+C11-E11</f>
-        <v>3183.71</v>
-[...1 lines deleted...]
-      <c r="H11" s="70">
+        <v>3126.63</v>
+      </c>
+      <c r="H11" s="83">
         <f>(G11/G12*100)-100</f>
-        <v>3.6603511879373229</v>
+        <v>-1.7928768637846986</v>
       </c>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
     </row>
     <row r="12" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="15"/>
-      <c r="B12" s="5">
-[...18 lines deleted...]
-        <v>1.1453938896957254</v>
+      <c r="B12" s="4">
+        <v>2019</v>
+      </c>
+      <c r="C12" s="22">
+        <v>3662.13</v>
+      </c>
+      <c r="D12" s="70">
+        <f>(C12/C13*100)-100</f>
+        <v>1.6126481336067258</v>
+      </c>
+      <c r="E12" s="64">
+        <v>478.42</v>
+      </c>
+      <c r="F12" s="74">
+        <v>-10.192971917705364</v>
+      </c>
+      <c r="G12" s="25">
+        <f>+C12-E12</f>
+        <v>3183.71</v>
+      </c>
+      <c r="H12" s="70">
+        <f>(G12/G13*100)-100</f>
+        <v>3.6603511879373229</v>
       </c>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
     </row>
     <row r="13" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="15"/>
-      <c r="B13" s="4">
-[...18 lines deleted...]
-        <v>8</v>
+      <c r="B13" s="5">
+        <v>2018</v>
+      </c>
+      <c r="C13" s="23">
+        <v>3604.01</v>
+      </c>
+      <c r="D13" s="71">
+        <v>1.3857514593150029</v>
+      </c>
+      <c r="E13" s="63">
+        <v>532.72</v>
+      </c>
+      <c r="F13" s="73">
+        <v>2.79407224451991</v>
+      </c>
+      <c r="G13" s="26">
+        <v>3071.29</v>
+      </c>
+      <c r="H13" s="71">
+        <v>1.1453938896957254</v>
       </c>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
     </row>
     <row r="14" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15"/>
-      <c r="B14" s="5">
-[...18 lines deleted...]
-        <v>1</v>
+      <c r="B14" s="4">
+        <v>2017</v>
+      </c>
+      <c r="C14" s="22">
+        <v>3555</v>
+      </c>
+      <c r="D14" s="70">
+        <v>6</v>
+      </c>
+      <c r="E14" s="64">
+        <v>518</v>
+      </c>
+      <c r="F14" s="74">
+        <v>-3</v>
+      </c>
+      <c r="G14" s="25">
+        <v>3037</v>
+      </c>
+      <c r="H14" s="70">
+        <v>8</v>
       </c>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
     </row>
-    <row r="15" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="4">
+    <row r="15" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="15"/>
+      <c r="B15" s="5">
+        <v>2016</v>
+      </c>
+      <c r="C15" s="23">
+        <v>3343</v>
+      </c>
+      <c r="D15" s="71">
+        <v>1</v>
+      </c>
+      <c r="E15" s="63">
+        <v>533</v>
+      </c>
+      <c r="F15" s="73">
+        <v>2</v>
+      </c>
+      <c r="G15" s="26">
+        <v>2810</v>
+      </c>
+      <c r="H15" s="71">
+        <v>1</v>
+      </c>
+      <c r="J15"/>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+    </row>
+    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="4">
         <v>2015</v>
       </c>
-      <c r="C15" s="22">
+      <c r="C16" s="22">
         <v>3316</v>
       </c>
-      <c r="D15" s="70">
+      <c r="D16" s="70">
         <v>7.9373740079916155</v>
       </c>
-      <c r="E15" s="64">
+      <c r="E16" s="64">
         <v>522.61</v>
       </c>
-      <c r="F15" s="74">
+      <c r="F16" s="74">
         <v>-2.2811839718778537</v>
       </c>
-      <c r="G15" s="25">
+      <c r="G16" s="25">
         <v>2793</v>
       </c>
-      <c r="H15" s="70">
+      <c r="H16" s="70">
         <v>11</v>
       </c>
-      <c r="I15" s="30"/>
-[...2 lines deleted...]
-      <c r="B16" s="5">
+      <c r="I16" s="30"/>
+    </row>
+    <row r="17" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="5">
         <v>2014</v>
       </c>
-      <c r="C16" s="23">
+      <c r="C17" s="23">
         <v>3060.71</v>
       </c>
-      <c r="D16" s="71">
+      <c r="D17" s="71">
         <v>1.4898301600249297</v>
       </c>
-      <c r="E16" s="63">
+      <c r="E17" s="63">
         <v>534.80999999999995</v>
       </c>
-      <c r="F16" s="73">
+      <c r="F17" s="73">
         <v>-3.818070642399829</v>
       </c>
-      <c r="G16" s="26">
+      <c r="G17" s="26">
         <v>2525.9</v>
       </c>
-      <c r="H16" s="71">
+      <c r="H17" s="71">
         <v>2.6901326568363304</v>
       </c>
-      <c r="I16" s="30"/>
-[...2 lines deleted...]
-      <c r="B17" s="4">
+      <c r="I17" s="30"/>
+    </row>
+    <row r="18" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="4">
         <v>2013</v>
       </c>
-      <c r="C17" s="22">
+      <c r="C18" s="22">
         <v>3015.78</v>
       </c>
-      <c r="D17" s="70">
+      <c r="D18" s="70">
         <v>9.6862656667127354</v>
       </c>
-      <c r="E17" s="64">
+      <c r="E18" s="64">
         <v>556.04</v>
       </c>
-      <c r="F17" s="74">
+      <c r="F18" s="74">
         <v>5.8055677125949057</v>
       </c>
-      <c r="G17" s="25">
+      <c r="G18" s="25">
         <v>2459.73</v>
       </c>
-      <c r="H17" s="70">
+      <c r="H18" s="70">
         <v>10.602851708462047</v>
       </c>
-      <c r="I17" s="30"/>
-[...2 lines deleted...]
-      <c r="B18" s="5">
+      <c r="I18" s="30"/>
+    </row>
+    <row r="19" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="5">
         <v>2012</v>
       </c>
-      <c r="C18" s="23">
+      <c r="C19" s="23">
         <v>2749.46</v>
       </c>
-      <c r="D18" s="71">
+      <c r="D19" s="71">
         <v>13.123691107554446</v>
       </c>
-      <c r="E18" s="63">
+      <c r="E19" s="63">
         <v>525.53</v>
       </c>
-      <c r="F18" s="73">
+      <c r="F19" s="73">
         <v>-10.262452401687073</v>
       </c>
-      <c r="G18" s="26">
+      <c r="G19" s="26">
         <v>2223.9299999999998</v>
       </c>
-      <c r="H18" s="71">
+      <c r="H19" s="71">
         <v>20.546705187899406</v>
       </c>
     </row>
-    <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="4">
+    <row r="20" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="4">
         <v>2011</v>
       </c>
-      <c r="C19" s="22">
+      <c r="C20" s="22">
         <v>2430.4899999999998</v>
       </c>
-      <c r="D19" s="70">
+      <c r="D20" s="70">
         <v>0.18920812894183126</v>
       </c>
-      <c r="E19" s="64">
+      <c r="E20" s="64">
         <v>585.63</v>
       </c>
-      <c r="F19" s="74">
+      <c r="F20" s="74">
         <v>3.2238164063876917</v>
       </c>
-      <c r="G19" s="25">
+      <c r="G20" s="25">
         <v>1844.87</v>
       </c>
-      <c r="H19" s="70">
+      <c r="H20" s="70">
         <v>-0.73659176997245002</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="5">
+    <row r="21" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="5">
         <v>2010</v>
       </c>
-      <c r="C20" s="23">
+      <c r="C21" s="23">
         <v>2425.9</v>
       </c>
-      <c r="D20" s="71">
+      <c r="D21" s="71">
         <v>6.3119283745349364</v>
       </c>
-      <c r="E20" s="63">
+      <c r="E21" s="63">
         <v>567.34</v>
       </c>
-      <c r="F20" s="73">
+      <c r="F21" s="73">
         <v>1.4538366624345045</v>
       </c>
-      <c r="G20" s="26">
+      <c r="G21" s="26">
         <v>1858.56</v>
       </c>
-      <c r="H20" s="71">
+      <c r="H21" s="71">
         <v>7.8889624185852103</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="4">
+    <row r="22" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="4">
         <v>2009</v>
       </c>
-      <c r="C21" s="22">
+      <c r="C22" s="22">
         <v>2281.87</v>
       </c>
-      <c r="D21" s="70">
+      <c r="D22" s="70">
         <v>-8.1624193055041321</v>
       </c>
-      <c r="E21" s="64">
+      <c r="E22" s="64">
         <v>559.21</v>
       </c>
-      <c r="F21" s="74">
+      <c r="F22" s="74">
         <v>-3.5844827586206884</v>
       </c>
-      <c r="G21" s="25">
+      <c r="G22" s="25">
         <v>1722.66</v>
       </c>
-      <c r="H21" s="70">
+      <c r="H22" s="70">
         <v>-9.5564609278198986</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="5">
+    <row r="23" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="5">
         <v>2008</v>
       </c>
-      <c r="C22" s="23">
+      <c r="C23" s="23">
         <v>2484.6799999999998</v>
       </c>
-      <c r="D22" s="71">
+      <c r="D23" s="71">
         <v>-4.0078503488614743</v>
       </c>
-      <c r="E22" s="63">
+      <c r="E23" s="63">
         <v>580</v>
       </c>
-      <c r="F22" s="73">
+      <c r="F23" s="73">
         <v>1.7543859649122862</v>
       </c>
-      <c r="G22" s="26">
+      <c r="G23" s="26">
         <v>1904.68</v>
       </c>
-      <c r="H22" s="71">
+      <c r="H23" s="71">
         <v>-5.6351007223471861</v>
       </c>
     </row>
-    <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="4">
+    <row r="24" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="4">
         <v>2007</v>
       </c>
-      <c r="C23" s="22">
+      <c r="C24" s="22">
         <v>2588.42</v>
       </c>
-      <c r="D23" s="70">
+      <c r="D24" s="70">
         <v>6.9475719651113321</v>
       </c>
-      <c r="E23" s="64">
+      <c r="E24" s="64">
         <v>570</v>
       </c>
-      <c r="F23" s="74">
+      <c r="F24" s="74">
         <v>-6.5221312954064636</v>
       </c>
-      <c r="G23" s="25">
+      <c r="G24" s="25">
         <v>2018.42</v>
       </c>
-      <c r="H23" s="70">
+      <c r="H24" s="70">
         <v>11.484120408726884</v>
       </c>
     </row>
-    <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="5">
+    <row r="25" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="5">
         <v>2006</v>
       </c>
-      <c r="C24" s="23">
+      <c r="C25" s="23">
         <v>2420.27</v>
       </c>
-      <c r="D24" s="71">
+      <c r="D25" s="71">
         <v>6.280382039740906</v>
       </c>
-      <c r="E24" s="63">
+      <c r="E25" s="63">
         <v>609.77</v>
       </c>
-      <c r="F24" s="73">
+      <c r="F25" s="73">
         <v>8.8894444543652575</v>
       </c>
-      <c r="G24" s="26">
+      <c r="G25" s="26">
         <v>1810.5</v>
       </c>
-      <c r="H24" s="71">
+      <c r="H25" s="71">
         <v>5.4295796792564799</v>
       </c>
     </row>
-    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="4">
+    <row r="26" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="4">
         <v>2005</v>
       </c>
-      <c r="C25" s="22">
+      <c r="C26" s="22">
         <v>2277.25</v>
       </c>
-      <c r="D25" s="70">
+      <c r="D26" s="70">
         <v>-6.752628820388507</v>
       </c>
-      <c r="E25" s="64">
+      <c r="E26" s="64">
         <v>559.99</v>
       </c>
-      <c r="F25" s="74">
+      <c r="F26" s="74">
         <v>15.319192751235589</v>
       </c>
-      <c r="G25" s="25">
+      <c r="G26" s="25">
         <v>1717.26</v>
       </c>
-      <c r="H25" s="70">
+      <c r="H26" s="70">
         <v>-12.231098299575272</v>
       </c>
     </row>
-    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="5">
+    <row r="27" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="5">
         <v>2004</v>
       </c>
-      <c r="C26" s="23">
+      <c r="C27" s="23">
         <v>2442.16</v>
       </c>
-      <c r="D26" s="71">
+      <c r="D27" s="71">
         <v>0.34432035763296565</v>
       </c>
-      <c r="E26" s="63">
+      <c r="E27" s="63">
         <v>485.6</v>
       </c>
-      <c r="F26" s="73">
+      <c r="F27" s="73">
         <v>3.9606080068507854</v>
       </c>
-      <c r="G26" s="26">
+      <c r="G27" s="26">
         <v>1956.57</v>
       </c>
-      <c r="H26" s="71">
+      <c r="H27" s="71">
         <v>-0.51406431142840825</v>
       </c>
     </row>
-    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="4">
+    <row r="28" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="4">
         <v>2003</v>
       </c>
-      <c r="C27" s="22">
+      <c r="C28" s="22">
         <v>2433.7800000000002</v>
       </c>
-      <c r="D27" s="70">
+      <c r="D28" s="70">
         <v>-13.630814654988853</v>
       </c>
-      <c r="E27" s="64">
+      <c r="E28" s="64">
         <v>467.1</v>
       </c>
-      <c r="F27" s="74">
+      <c r="F28" s="74">
         <v>7.2560275545350272</v>
       </c>
-      <c r="G27" s="25">
+      <c r="G28" s="25">
         <v>1966.68</v>
       </c>
-      <c r="H27" s="70">
+      <c r="H28" s="70">
         <v>-17.448937617004844</v>
       </c>
     </row>
-    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="5">
+    <row r="29" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="5">
         <v>2002</v>
       </c>
-      <c r="C28" s="23">
+      <c r="C29" s="23">
         <v>2817.88</v>
       </c>
-      <c r="D28" s="71">
+      <c r="D29" s="71">
         <v>-24.591497583506829</v>
       </c>
-      <c r="E28" s="63">
+      <c r="E29" s="63">
         <v>435.5</v>
       </c>
-      <c r="F28" s="73">
+      <c r="F29" s="73">
         <v>6.193611314313574</v>
       </c>
-      <c r="G28" s="26">
+      <c r="G29" s="26">
         <v>2382.38</v>
       </c>
-      <c r="H28" s="71">
+      <c r="H29" s="71">
         <v>-28.386734120292299</v>
       </c>
     </row>
-    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="4">
+    <row r="30" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="4">
         <v>2001</v>
       </c>
-      <c r="C29" s="22">
+      <c r="C30" s="22">
         <v>3736.82</v>
       </c>
-      <c r="D29" s="70">
+      <c r="D30" s="70">
         <v>8.0592923322499121</v>
       </c>
-      <c r="E29" s="64">
+      <c r="E30" s="64">
         <v>410.1</v>
       </c>
-      <c r="F29" s="74">
+      <c r="F30" s="74">
         <v>117.03005927180357</v>
       </c>
-      <c r="G29" s="25">
+      <c r="G30" s="25">
         <v>3326.73</v>
       </c>
-      <c r="H29" s="70">
+      <c r="H30" s="70">
         <v>1.7610028264141375</v>
       </c>
     </row>
-    <row r="30" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="6">
+    <row r="31" spans="2:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="6">
         <v>2000</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C31" s="24">
         <v>3458.12</v>
       </c>
-      <c r="D30" s="72" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="65">
+      <c r="D31" s="72" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" s="65">
         <v>188.96</v>
       </c>
-      <c r="F30" s="75" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="27">
+      <c r="F31" s="75" t="s">
+        <v>7</v>
+      </c>
+      <c r="G31" s="27">
         <v>3269.16</v>
       </c>
-      <c r="H30" s="72" t="s">
-[...13 lines deleted...]
-      <c r="A32" s="16" t="s">
+      <c r="H31" s="72" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="32" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="2"/>
+      <c r="C32" s="136"/>
+      <c r="D32" s="136"/>
+      <c r="E32" s="136"/>
+      <c r="F32" s="136"/>
+      <c r="G32" s="136"/>
+      <c r="H32" s="136"/>
+    </row>
+    <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="B32" s="120" t="s">
+      <c r="B33" s="124" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="133"/>
-[...7 lines deleted...]
-      <c r="A33" s="17" t="s">
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="137"/>
+      <c r="G33" s="137"/>
+      <c r="H33" s="137"/>
+    </row>
+    <row r="34" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="B33" s="115" t="s">
-[...10 lines deleted...]
-      <c r="A34" s="18" t="s">
+      <c r="B34" s="119" t="s">
+        <v>48</v>
+      </c>
+      <c r="C34" s="116"/>
+      <c r="D34" s="116"/>
+      <c r="E34" s="116"/>
+      <c r="F34" s="116"/>
+      <c r="G34" s="116"/>
+      <c r="H34" s="116"/>
+    </row>
+    <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B34" s="111" t="s">
+      <c r="B35" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="C34" s="112"/>
-[...4 lines deleted...]
-      <c r="H34" s="112"/>
+      <c r="C35" s="116"/>
+      <c r="D35" s="116"/>
+      <c r="E35" s="116"/>
+      <c r="F35" s="116"/>
+      <c r="G35" s="116"/>
+      <c r="H35" s="116"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B11:H25">
-    <sortCondition descending="1" ref="B5:B25"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B12:H26">
+    <sortCondition descending="1" ref="B5:B26"/>
   </sortState>
   <mergeCells count="11">
+    <mergeCell ref="B34:H34"/>
+    <mergeCell ref="B35:H35"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B4:B5"/>
-    <mergeCell ref="C31:H31"/>
-    <mergeCell ref="B32:H32"/>
+    <mergeCell ref="C32:H32"/>
+    <mergeCell ref="B33:H33"/>
     <mergeCell ref="G3:H3"/>
-    <mergeCell ref="B33:H33"/>
-[...3 lines deleted...]
-    <mergeCell ref="G4:H4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H1" location="Índice!A1" display="[índice Ç]" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
-    <hyperlink ref="B34" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
+    <hyperlink ref="B35" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <ignoredErrors>
-    <ignoredError sqref="G10" formula="1"/>
+    <ignoredError sqref="G11" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Índice</vt:lpstr>
       <vt:lpstr>E1 Stocks</vt:lpstr>
       <vt:lpstr>E2 Saidas</vt:lpstr>
       <vt:lpstr>E3 Saldos</vt:lpstr>